--- v0 (2026-01-18)
+++ v1 (2026-03-05)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2d34c771f472459b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf3db2852559b442b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1200"/>
         <w:gridCol w:w="8800"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="pct"/>
@@ -181,276 +181,395 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Январь - Januar</w:t>
+        <w:t>Март - März</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8"/>
           <w:bottom w:val="single" w:sz="8"/>
           <w:left w:val="single" w:sz="8"/>
           <w:right w:val="single" w:sz="8"/>
           <w:insideH w:val="single" w:sz="4"/>
           <w:insideV w:val="single" w:sz="4"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="7200"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">18.01.2026</w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">Воскресенье</w:t>
+              <w:t xml:space="preserve">07.03.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Суббота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="455" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"/>
+              <w:t xml:space="preserve">14:30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3635" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:b/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Неделя 32-я по Пятидесятнице</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Панихида</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вечерня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8"/>
           <w:bottom w:val="single" w:sz="8"/>
           <w:left w:val="single" w:sz="8"/>
           <w:right w:val="single" w:sz="8"/>
           <w:insideH w:val="single" w:sz="4"/>
           <w:insideV w:val="single" w:sz="4"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="7200"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
-            </w:pPr>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Понедельник</w:t>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">08.03.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воскресенье</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="455" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">08:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3635" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
+              <w:keepNext/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Святое Богоявление. Крещение Господа Бога и Спаса нашего Иисуса Христа</w:t>
+              <w:t xml:space="preserve">Неделя 2-я Великого поста</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Божественная Литургия св. Василия Великого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sonntag</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">08:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Божественная Литургия св. Василия Великого</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8"/>
           <w:bottom w:val="single" w:sz="8"/>
           <w:left w:val="single" w:sz="8"/>
           <w:right w:val="single" w:sz="8"/>
           <w:insideH w:val="single" w:sz="4"/>
           <w:insideV w:val="single" w:sz="4"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
@@ -460,635 +579,383 @@
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">24.01.2026</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Суббота</w:t>
+              <w:t xml:space="preserve">11.03.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Среда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="455" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">14:30</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">15:00</w:t>
+              <w:t xml:space="preserve">16:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3635" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Панихида</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">Вечерня</w:t>
+              <w:t xml:space="preserve">Литургия преждеосвященных Даров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8"/>
           <w:bottom w:val="single" w:sz="8"/>
           <w:left w:val="single" w:sz="8"/>
           <w:right w:val="single" w:sz="8"/>
           <w:insideH w:val="single" w:sz="4"/>
           <w:insideV w:val="single" w:sz="4"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="7200"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
-              <w:keepNext/>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Воскресенье</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14.03.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Суббота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="455" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
-              <w:keepNext/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">08:30</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14:30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3635" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
-              <w:keepNext/>
-[...101 lines deleted...]
-              <w:t xml:space="preserve">Göttliche Liturgie Hl. Johannes Chrysostomos</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Панихида</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вечерня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8"/>
           <w:bottom w:val="single" w:sz="8"/>
           <w:left w:val="single" w:sz="8"/>
           <w:right w:val="single" w:sz="8"/>
           <w:insideH w:val="single" w:sz="4"/>
           <w:insideV w:val="single" w:sz="4"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="7200"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
-            </w:pPr>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Суббота</w:t>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15.03.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воскресенье</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="455" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
-            </w:pPr>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">15:00</w:t>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">08:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3635" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
-            </w:pPr>
-[...97 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
                 <w:color w:val="C00000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Воскресенье</w:t>
-[...64 lines deleted...]
-              <w:t xml:space="preserve">Божественная Литургия св. Иоанна Златоуста</w:t>
+              <w:t xml:space="preserve">Неделя 3-я Великого поста, Крестопоклонная</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Божественная Литургия св. Василия Великого</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1124,2192 +991,51 @@
               <w:t xml:space="preserve">08:30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3635" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Göttliche Liturgie Hl. Johannes Chrysostomos</w:t>
-[...2140 lines deleted...]
-              <w:t xml:space="preserve">Göttliche Liturgie Hl. Johannes Chrysostomos</w:t>
+              <w:t xml:space="preserve">Божественная Литургия св. Василия Великого</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:t/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8"/>
           <w:bottom w:val="single" w:sz="8"/>
           <w:left w:val="single" w:sz="8"/>
           <w:right w:val="single" w:sz="8"/>
           <w:insideH w:val="single" w:sz="4"/>
           <w:insideV w:val="single" w:sz="4"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
@@ -6500,50 +4226,2307 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3635" w:type="pct"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepLines/>
               <w:keepNext/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:color w:val="C00000"/>
               </w:rPr>
               <w:t xml:space="preserve">Неделя 6-я по Пасхе, о слепом</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Божественная Литургия св. Иоанна Златоуста</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sonntag</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">07:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Göttliche Liturgie Hl. Johannes Chrysostomos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8"/>
+          <w:bottom w:val="single" w:sz="8"/>
+          <w:left w:val="single" w:sz="8"/>
+          <w:right w:val="single" w:sz="8"/>
+          <w:insideH w:val="single" w:sz="4"/>
+          <w:insideV w:val="single" w:sz="4"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="7200"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21.05.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Четверг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вознесение Господне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8"/>
+          <w:bottom w:val="single" w:sz="8"/>
+          <w:left w:val="single" w:sz="8"/>
+          <w:right w:val="single" w:sz="8"/>
+          <w:insideH w:val="single" w:sz="4"/>
+          <w:insideV w:val="single" w:sz="4"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="7200"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23.05.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Суббота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13:30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Панихида</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вечерня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8"/>
+          <w:bottom w:val="single" w:sz="8"/>
+          <w:left w:val="single" w:sz="8"/>
+          <w:right w:val="single" w:sz="8"/>
+          <w:insideH w:val="single" w:sz="4"/>
+          <w:insideV w:val="single" w:sz="4"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="7200"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24.05.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воскресенье</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">07:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Неделя 7-я по Пасхе, святых отцов I Вселенского Собора</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Божественная Литургия св. Иоанна Златоуста</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sonntag</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">07:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Göttliche Liturgie Hl. Johannes Chrysostomos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8"/>
+          <w:bottom w:val="single" w:sz="8"/>
+          <w:left w:val="single" w:sz="8"/>
+          <w:right w:val="single" w:sz="8"/>
+          <w:insideH w:val="single" w:sz="4"/>
+          <w:insideV w:val="single" w:sz="4"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="7200"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30.05.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Суббота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13:30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Панихида</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вечерня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8"/>
+          <w:bottom w:val="single" w:sz="8"/>
+          <w:left w:val="single" w:sz="8"/>
+          <w:right w:val="single" w:sz="8"/>
+          <w:insideH w:val="single" w:sz="4"/>
+          <w:insideV w:val="single" w:sz="4"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="7200"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">31.05.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воскресенье</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">07:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">День Святой Троицы. Пятидесятница</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Неделя 8-я по Пасхе</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Божественная Литургия св. Иоанна Златоуста</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sonntag</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">07:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Göttliche Liturgie Hl. Johannes Chrysostomos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="360"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Июнь - Juni</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8"/>
+          <w:bottom w:val="single" w:sz="8"/>
+          <w:left w:val="single" w:sz="8"/>
+          <w:right w:val="single" w:sz="8"/>
+          <w:insideH w:val="single" w:sz="4"/>
+          <w:insideV w:val="single" w:sz="4"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="7200"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">06.06.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Суббота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13:30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Панихида</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вечерня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8"/>
+          <w:bottom w:val="single" w:sz="8"/>
+          <w:left w:val="single" w:sz="8"/>
+          <w:right w:val="single" w:sz="8"/>
+          <w:insideH w:val="single" w:sz="4"/>
+          <w:insideV w:val="single" w:sz="4"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="7200"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">07.06.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воскресенье</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">07:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Неделя 1-я по Пятидесятнице, Всех святых</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Божественная Литургия св. Иоанна Златоуста</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sonntag</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">07:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Göttliche Liturgie Hl. Johannes Chrysostomos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8"/>
+          <w:bottom w:val="single" w:sz="8"/>
+          <w:left w:val="single" w:sz="8"/>
+          <w:right w:val="single" w:sz="8"/>
+          <w:insideH w:val="single" w:sz="4"/>
+          <w:insideV w:val="single" w:sz="4"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="7200"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13.06.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Суббота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13:30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Панихида</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вечерня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8"/>
+          <w:bottom w:val="single" w:sz="8"/>
+          <w:left w:val="single" w:sz="8"/>
+          <w:right w:val="single" w:sz="8"/>
+          <w:insideH w:val="single" w:sz="4"/>
+          <w:insideV w:val="single" w:sz="4"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="7200"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14.06.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воскресенье</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">07:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Неделя 2-я по Пятидесятнице, Всех святых, в земле Русской просиявших</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Божественная Литургия св. Иоанна Златоуста</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sonntag</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">07:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Göttliche Liturgie Hl. Johannes Chrysostomos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8"/>
+          <w:bottom w:val="single" w:sz="8"/>
+          <w:left w:val="single" w:sz="8"/>
+          <w:right w:val="single" w:sz="8"/>
+          <w:insideH w:val="single" w:sz="4"/>
+          <w:insideV w:val="single" w:sz="4"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="7200"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20.06.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Суббота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13:30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Панихида</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вечерня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8"/>
+          <w:bottom w:val="single" w:sz="8"/>
+          <w:left w:val="single" w:sz="8"/>
+          <w:right w:val="single" w:sz="8"/>
+          <w:insideH w:val="single" w:sz="4"/>
+          <w:insideV w:val="single" w:sz="4"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="7200"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21.06.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воскресенье</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">07:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Неделя 3-я по Пятидесятнице</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Божественная Литургия св. Иоанна Златоуста</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sonntag</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">07:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Göttliche Liturgie Hl. Johannes Chrysostomos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8"/>
+          <w:bottom w:val="single" w:sz="8"/>
+          <w:left w:val="single" w:sz="8"/>
+          <w:right w:val="single" w:sz="8"/>
+          <w:insideH w:val="single" w:sz="4"/>
+          <w:insideV w:val="single" w:sz="4"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="7200"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27.06.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Суббота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13:30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Панихида</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вечерня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:r>
+        <w:t/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:firstRow="true" w:lastRow="false" w:firstColumn="true" w:lastColumn="false"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8"/>
+          <w:bottom w:val="single" w:sz="8"/>
+          <w:left w:val="single" w:sz="8"/>
+          <w:right w:val="single" w:sz="8"/>
+          <w:insideH w:val="single" w:sz="4"/>
+          <w:insideV w:val="single" w:sz="4"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="900"/>
+        <w:gridCol w:w="7200"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="910" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28.06.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воскресенье</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">07:30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+            <w:tcMar>
+              <w:top w:w="80" w:type="dxa"/>
+              <w:bottom w:w="80" w:type="dxa"/>
+              <w:left w:w="80" w:type="dxa"/>
+              <w:right w:w="80" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepLines/>
+              <w:keepNext/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:color w:val="C00000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Неделя 4-я по Пятидесятнице</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:keepLines/>
               <w:keepNext/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Божественная Литургия св. Иоанна Златоуста</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="pct"/>
             <w:vAlign w:val="center"/>