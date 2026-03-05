--- v1 (2026-03-05)
+++ v2 (2026-03-05)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rf3db2852559b442b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rc8dfb3b3a43f49a0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:left w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1200"/>
         <w:gridCol w:w="8800"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="pct"/>